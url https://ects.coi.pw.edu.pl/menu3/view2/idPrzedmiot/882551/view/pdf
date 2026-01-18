--- v0 (2025-12-27)
+++ v1 (2026-01-18)
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U10, LiK2_U15, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U17, LiK2_U10, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>