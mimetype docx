--- v1 (2026-01-18)
+++ v2 (2026-02-08)
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U17, LiK2_U10, LiK2_U15</w:t>
+        <w:t xml:space="preserve">LiK2_U10, LiK2_U15, LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1177,51 +1177,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U07, LiK2_U10, LiK2_U12, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U17, LiK2_U07, LiK2_U10, LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>