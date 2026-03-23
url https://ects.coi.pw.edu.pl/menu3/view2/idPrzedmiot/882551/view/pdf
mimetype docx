--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U10, LiK2_U15, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U15, LiK2_U17, LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1177,51 +1177,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U17, LiK2_U07, LiK2_U10, LiK2_U12</w:t>
+        <w:t xml:space="preserve">LiK2_U07, LiK2_U10, LiK2_U12, LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>