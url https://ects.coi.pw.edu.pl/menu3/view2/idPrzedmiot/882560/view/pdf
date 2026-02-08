--- v0 (2026-01-09)
+++ v1 (2026-02-08)
@@ -818,691 +818,691 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W20, LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady tworzenia podstawowych struktur procesów technologicznych części silników lotniczych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W19, LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość zasad wyboru baz obróbkowych dla poszczególnych grup konstrukcyjnych części wg podobieństwa technologicznego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W19, LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstawowych materiałów lotniczych stosowanych na wysoko obciążone części silników.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W19, LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe możliwości nowoczesnych obrabiarek konwencjonalnych i CNC stosowanych w procesach wytwarzania części silników lotniczych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS563_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady tworzenia podstawowych struktur procesów technologicznych części silników lotniczych.														</w:t>
+        <w:t xml:space="preserve">Posiada znajomość nowych metod technologicznych zapewniających jakość produkcji oraz kierunki ich rozwoju.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W19, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS563_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada znajomość zasad wyboru baz obróbkowych dla poszczególnych grup konstrukcyjnych części wg podobieństwa technologicznego.														</w:t>
+        <w:t xml:space="preserve">Umie porównywać własności materiałów wg starych i nowych norm PN-EN i PN EN- ISO oraz oznaczać dodatkowe wymagania struktury geometrycznej.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W19, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U12, LiK2_U13, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS563_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada znajomość podstawowych materiałów lotniczych stosowanych na wysoko obciążone części silników.														</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać właściwe metody technologiczne zapewniające wymagane tolerancje wymiarów, kształtu i położenia.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W19, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_U12, LiK2_U15, LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS563_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe możliwości nowoczesnych obrabiarek konwencjonalnych i CNC stosowanych w procesach wytwarzania części silników lotniczych.														</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować właściwą strukturę podstawowych procesów technologicznych  zasadniczych części silników lotniczych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_U12, LiK2_U15, LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS563_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS563_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada znajomość nowych metod technologicznych zapewniających jakość produkcji oraz kierunki ich rozwoju.														</w:t>
+        <w:t xml:space="preserve">Umie dobrać materiały, metody obróbki i kontroli zapewniające jakość.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U18, LiK2_U19, LiK2_U12</w:t>
+        <w:t xml:space="preserve">LiK2_U12, LiK2_U15, LiK2_U18, LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>