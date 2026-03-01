--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -818,51 +818,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>