--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -960,271 +960,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna sposoby modelowania i wytrzymałościowej analizy złożonych ustrojów osiowo-symetrycznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna sposoby modelowania i wytrzymałościowej analizy złożonych ustrojów osiowo-symetrycznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U09, LiK2_U11, LiK2_U18, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05</w:t>
+        <w:t xml:space="preserve">LiK2_U18, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>