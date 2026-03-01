--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -960,51 +960,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1110,157 +1110,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18, LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U18, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1279,162 +1349,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18, LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>