--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -1110,51 +1110,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18, LiK2_U01</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1250,51 +1250,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05, LiK2_U09, LiK2_U11, LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U11, LiK2_U18, LiK2_U01, LiK2_U02, LiK2_U03, LiK2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>