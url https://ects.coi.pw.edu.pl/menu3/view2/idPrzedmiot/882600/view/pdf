--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -976,87 +976,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W01, MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
+        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1075,58 +1145,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1137,286 +1207,356 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
+        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić techniczne zastosowania teorii przepływów z niskimi liczbami Reynoldsa	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić zasady modelowania przepływów z silnymi nieciągłościami i ich zastosowania w teorii wybuchów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1435,232 +1575,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić techniczne zastosowania teorii przepływów z niskimi liczbami Reynoldsa	.						</w:t>
+        <w:t xml:space="preserve">							Potrafi objaśnić podstawowe zasady stochastycznego modelowania zjawisk rozprzestrzeniania się zanieczyszczeń atmosferycznych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13, MiBM2_U15</w:t>
+        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>