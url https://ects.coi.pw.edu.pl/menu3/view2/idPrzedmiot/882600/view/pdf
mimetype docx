--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -766,87 +766,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna model warstwy przyściennej i jej sprzężenia z ruchem zewnętrznym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna model warstwy przyściennej i jej sprzężenia z ruchem zewnętrznym.							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę w zakresie niestateczności hydrodynamicznej i zjawiska przejścia laminarno-turbulentnego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -865,58 +935,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę w zakresie niestateczności hydrodynamicznej i zjawiska przejścia laminarno-turbulentnego.							</w:t>
+        <w:t xml:space="preserve">							Ma poszerzoną wiedzę w zakresie modelowania matematycznego i numerycznego przepływów turbulentnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -935,128 +1005,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma poszerzoną wiedzę w zakresie modelowania matematycznego i numerycznego przepływów turbulentnych.							</w:t>
+        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W01, MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
+        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1075,58 +1145,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1137,530 +1207,460 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
+        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U13, MiBM2_U10, MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi omówić techniczne zastosowania teorii przepływów z niskimi liczbami Reynoldsa	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić zasady modelowania przepływów z silnymi nieciągłościami i ich zastosowania w teorii wybuchów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi objaśnić podstawowe zasady stochastycznego modelowania zjawisk rozprzestrzeniania się zanieczyszczeń atmosferycznych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>