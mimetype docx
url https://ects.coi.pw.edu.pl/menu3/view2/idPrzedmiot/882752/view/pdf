--- v0 (2025-12-28)
+++ v1 (2026-01-10)
@@ -1329,121 +1329,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie poszerzać wiedzę o zagadnieniach fizyki współczesnej i technologii w oparciu o studium literaturowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>