--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -1189,121 +1189,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>