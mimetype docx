--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -829,50 +829,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologiczne aspekty zastosowania mechaniki kwantowej i chemii kwantowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -928,58 +998,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna technologiczne aspekty zastosowania mechaniki kwantowej i chemii kwantowej</w:t>
+        <w:t xml:space="preserve">Rozumie działanie współczesnych urządzeń wykorzystujących mechanikę kwantową i nanotechnologie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -990,180 +1060,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie działanie współczesnych urządzeń wykorzystujących mechanikę kwantową i nanotechnologie</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązać podstawowe zagadnienia z mechaniki kwantowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W06</w:t>
+        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozwiązać podstawowe zagadnienia z mechaniki kwantowej</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U09</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1190,120 +1260,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>