--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -878,120 +878,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna charakterystyczne cechy fali uderzeniowej (zmiany parametrów przepływu po przejściu przez fale uderzeniową)																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna charakterystyczne cechy fali uderzeniowej (zmiany parametrów przepływu po przejściu przez fale uderzeniową)																												</w:t>
+        <w:t xml:space="preserve">							Zna charakterystyczne cechy przepływu z tarciem lub wymiana ciepła przewodem o stałym przekroju.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna charakterystyczne cechy przepływu z tarciem lub wymiana ciepła przewodem o stałym przekroju.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1018,541 +1158,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna sposoby modelowania jednowymiarowego przepływu nieustalonego płynu ściśliwego.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna charakterystyczne cechy przepływu z tarciem lub wymiana ciepła przewodem o stałym przekroju.																					</w:t>
+        <w:t xml:space="preserve">														Zna sposoby modelowania jednowymiarowego przepływu nieustalonego płynu ściśliwego.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK429_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna charakterystyczne cechy przepływu z tarciem lub wymiana ciepła przewodem o stałym przekroju.																					</w:t>
+        <w:t xml:space="preserve">							Zna sposoby modelowania przepływu w szczelinach łożysk ślizgowych																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>