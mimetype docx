--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -878,121 +878,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK429_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna charakterystyczne cechy fali uderzeniowej (zmiany parametrów przepływu po przejściu przez fale uderzeniową)																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>