--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który osiągnął cele kursu, będzie potrafił: omówić mechanizmy przenoszenia ciepła, które są istotne dla analizy cieplnej budynku: przewodzenie, konwekcja i promieniowanie cieplne, przeprowadzić analizę i obliczenia dla stacjonarnego przewodnictwa, konwekcji i promieniowania cieplnego elementu budynku, przeanalizować bilans cieplny dla strefy lub całego budynku za pomocą metody bilansów elementarnych, obliczać: podstawowe charakterystyki cieplne, wilgotnościowe  i energetyczne, niezbędne przy projektowaniu przegród i obiektów budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W04, IS_W09, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W03, IS_W04, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>