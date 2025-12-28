--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w formie pisemnej, ewentualnie uzupełnione w formie odpowiedzi ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1705,51 +1705,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K01: </w:t>
       </w:r>
     </w:p>