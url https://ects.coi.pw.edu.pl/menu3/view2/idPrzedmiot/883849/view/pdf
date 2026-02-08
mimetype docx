--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -1635,51 +1635,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i przeprowadzać eksperymenty i proste badania, formułować i testować hipotezy związane z prostymi problemami badawczymi dotyczących właściwości reologicznych materiałów eksploatacyjnych, potrafi interpretować uzyskane wyniki i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1705,51 +1705,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K01: </w:t>
       </w:r>
     </w:p>