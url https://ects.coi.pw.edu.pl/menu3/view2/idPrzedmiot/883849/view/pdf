--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -1635,51 +1635,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i przeprowadzać eksperymenty i proste badania, formułować i testować hipotezy związane z prostymi problemami badawczymi dotyczących właściwości reologicznych materiałów eksploatacyjnych, potrafi interpretować uzyskane wyniki i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>