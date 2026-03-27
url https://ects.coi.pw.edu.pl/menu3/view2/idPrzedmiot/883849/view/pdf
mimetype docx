--- v3 (2026-03-01)
+++ v4 (2026-03-27)
@@ -1635,51 +1635,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i przeprowadzać eksperymenty i proste badania, formułować i testować hipotezy związane z prostymi problemami badawczymi dotyczących właściwości reologicznych materiałów eksploatacyjnych, potrafi interpretować uzyskane wyniki i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>