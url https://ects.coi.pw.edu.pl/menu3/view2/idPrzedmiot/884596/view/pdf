--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -996,51 +996,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, kolokwium, praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U04, K2_U05, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U01, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>