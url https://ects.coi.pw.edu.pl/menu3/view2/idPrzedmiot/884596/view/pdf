--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W08, K2_W11</w:t>
+        <w:t xml:space="preserve">K2_W08, K2_W11, K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, I.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę z zakresu matematyki przydatną do wykorzystania metod
 matematycznych do opisu procesów fizycznych i chemicznych. Zna metody analizy sytemu
 (procesu technologicznego), niezawodności i stabilności systemu oraz teorię podejmowania
 decyzji. </w:t>
       </w:r>
     </w:p>
@@ -1012,51 +1012,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U05, K2_U06, K2_U01, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przygotowanie niezbędne do pracy w środowisku przemysłowym i kierowania zespołami, potrafi współdziałać i pracować w grupie, przyjmując w niej różne funkcje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>