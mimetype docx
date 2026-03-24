--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W11, K2_W03</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W08, K2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, I.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę z zakresu matematyki przydatną do wykorzystania metod
 matematycznych do opisu procesów fizycznych i chemicznych. Zna metody analizy sytemu
 (procesu technologicznego), niezawodności i stabilności systemu oraz teorię podejmowania
 decyzji. </w:t>
       </w:r>
     </w:p>
@@ -926,67 +926,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, kolokwium, praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U08, K2_U13</w:t>
+        <w:t xml:space="preserve">K2_U13, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, III.P6S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, bazy danych oraz innych źródeł, a następnie je interpretować i wyciągać wnioski. Potrafi wykonać pełen projekt procesowy (potrafi tworzyć matematyczne modele procesu technologicznego, dokonać analizy i dekompozycji układu równań tego modelu i wybrać optymalną metodę rozwiązania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -996,67 +996,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, kolokwium, praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U01, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U04, K2_U05, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przygotowanie niezbędne do pracy w środowisku przemysłowym i kierowania zespołami, potrafi współdziałać i pracować w grupie, przyjmując w niej różne funkcje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>