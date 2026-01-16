--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -792,51 +792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o wieloaspektowym i wielkoskalowym podejściu do modelowania procesów
 stanowiącym obecnie najnowszy trend rozwojowy inżynierii chemicznej i procesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1084,51 +1084,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się zaawansowanym narzędziem do komputerowego wspomagania
 projektowania instalacji w przemyśle chemicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1225,51 +1225,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>