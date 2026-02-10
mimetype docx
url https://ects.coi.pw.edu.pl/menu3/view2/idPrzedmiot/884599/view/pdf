--- v1 (2026-01-16)
+++ v2 (2026-02-10)
@@ -792,51 +792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o wieloaspektowym i wielkoskalowym podejściu do modelowania procesów
 stanowiącym obecnie najnowszy trend rozwojowy inżynierii chemicznej i procesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -863,51 +863,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1225,51 +1225,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>