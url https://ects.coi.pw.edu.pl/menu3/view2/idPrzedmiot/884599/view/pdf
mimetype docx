--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -863,51 +863,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -943,51 +943,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać projekt procesu polegający na jego modelowaniu matematycznym
 (uwzględniając zasady intensyfikacji i właściwego doboru parametrów poszczególnych elementów procesowych na poziomie mniejszej skali) oraz poprawy efektywności działania całej instalacji poprzez właściwe zintegrowanie poszczególnych jej elementów w skali największej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>