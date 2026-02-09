--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -944,67 +944,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, sprawdzian ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U09, K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi otrzymać, scharakteryzować i zbadać własności nanomateriałów i nanostruktur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>