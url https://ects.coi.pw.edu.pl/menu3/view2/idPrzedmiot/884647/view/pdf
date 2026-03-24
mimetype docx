--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -944,67 +944,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, sprawdzian ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K2_U09, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_U09, K2_U01, K2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi otrzymać, scharakteryzować i zbadać własności nanomateriałów i nanostruktur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>