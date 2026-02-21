--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W17, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W12, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1189,51 +1189,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>