--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W12, K_W17</w:t>
+        <w:t xml:space="preserve">K_W12, K_W17, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka 1st_mchtr_UiSF_u01: </w:t>
       </w:r>
     </w:p>
@@ -1189,51 +1189,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>