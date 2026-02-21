--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1048,67 +1048,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U21, K_U22, K_U23, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U21, K_U22, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KUO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrac komponenty układu optycznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>