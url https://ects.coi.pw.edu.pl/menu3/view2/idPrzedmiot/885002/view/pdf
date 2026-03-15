--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1048,67 +1048,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08, K_U21, K_U22, K_U23</w:t>
+        <w:t xml:space="preserve">K_U21, K_U22, K_U23, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KUO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrac komponenty układu optycznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>