--- v0 (2025-10-26)
+++ v1 (2025-12-29)
@@ -753,51 +753,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W12, K_W14, K_W15, K_W17</w:t>
+        <w:t xml:space="preserve">K_W17, K_W11, K_W12, K_W14, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -903,67 +903,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U13, K_U14, K_U15, K_U18, K_U21, K_U22, K_U23, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U21, K_U22, K_U23, K_U01, K_U02, K_U08, K_U13, K_U14, K_U15, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BPU_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wyznaczyć niepewność pomiaru przy pomocy skomplikowanego urządzenia pomiarowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -973,67 +973,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U01, K_U13</w:t>
+        <w:t xml:space="preserve">K_U01, K_U13, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BPU_ K01: </w:t>
       </w:r>
     </w:p>