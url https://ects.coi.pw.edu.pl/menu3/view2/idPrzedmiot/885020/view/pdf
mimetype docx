--- v1 (2025-12-29)
+++ v2 (2026-01-26)
@@ -753,217 +753,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W11, K_W12, K_W14, K_W15</w:t>
+        <w:t xml:space="preserve">K_W14, K_W15, K_W17, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BPU_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o zastosowaniu komputerów, mikrokontrolerów i kart akwizycji danych w urządzeniach pomiarowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka BPU_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BPU_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o zastosowaniu komputerów, mikrokontrolerów i kart akwizycji danych w urządzeniach pomiarowych</w:t>
+        <w:t xml:space="preserve">Student umie zaprojektować lub zmodernizować złożone urządzenie pomiarowe z zastosowaniem dostępnych na rynku podzespołów, z uwzględnieniem systemu sterowania urządzeniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+        <w:t xml:space="preserve">K_U18, K_U21, K_U22, K_U23, K_U01, K_U02, K_U08, K_U13, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BPU_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wyznaczyć niepewność pomiaru przy pomocy skomplikowanego urządzenia pomiarowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>