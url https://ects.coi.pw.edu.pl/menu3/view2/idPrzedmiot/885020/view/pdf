--- v2 (2026-01-26)
+++ v3 (2026-02-21)
@@ -753,67 +753,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W15, K_W17, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W14, K_W15, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BPU_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o zastosowaniu komputerów, mikrokontrolerów i kart akwizycji danych w urządzeniach pomiarowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -903,67 +903,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U21, K_U22, K_U23, K_U01, K_U02, K_U08, K_U13, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U02, K_U08, K_U13, K_U14, K_U15, K_U18, K_U21, K_U22, K_U23, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BPU_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wyznaczyć niepewność pomiaru przy pomocy skomplikowanego urządzenia pomiarowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -973,67 +973,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U13, K_U22</w:t>
+        <w:t xml:space="preserve">K_U13, K_U22, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BPU_ K01: </w:t>
       </w:r>
     </w:p>