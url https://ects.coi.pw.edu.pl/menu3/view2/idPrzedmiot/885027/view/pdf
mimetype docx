--- v0 (2025-11-06)
+++ v1 (2025-12-29)
@@ -762,121 +762,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy sprawdzające </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PAWB_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student uzyskuje wiedzę na temat istoty oraz zastosowań statystycznych metod wielowymiarowej analiza kowariancji i korelacji,  wielowymiarowej analizy regresji oraz podstaw planowania doświadczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy sprawdzające wiedzę</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>