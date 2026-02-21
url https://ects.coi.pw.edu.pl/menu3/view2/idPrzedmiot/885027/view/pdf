--- v1 (2025-12-29)
+++ v2 (2026-02-21)
@@ -832,51 +832,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy sprawdzające wiedzę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>