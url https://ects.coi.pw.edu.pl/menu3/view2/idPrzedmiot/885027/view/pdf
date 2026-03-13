--- v2 (2026-02-21)
+++ v3 (2026-03-13)
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PAWB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zdobywa umiejętności przeprowadzenia wspomaganej komputerowo wielowymiarowej analizy kowariancji i korelacji,  wielowymiarowej analizy regresji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>