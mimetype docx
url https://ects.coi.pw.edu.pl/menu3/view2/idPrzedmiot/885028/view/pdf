--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -774,51 +774,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W01, K_W10</w:t>
+        <w:t xml:space="preserve">K_W01, K_W10, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -940,51 +940,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -994,51 +994,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U22, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>