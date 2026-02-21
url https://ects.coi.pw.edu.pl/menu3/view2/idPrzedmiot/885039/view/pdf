--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -863,51 +863,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07, K_W16, K_W17, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EMP_U02: </w:t>
       </w:r>
     </w:p>
@@ -927,67 +927,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U21, K_U27, K_U01, K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U09, K_U14, K_U19, K_U21, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EPM-U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dobrać elementy mechatroniczne (elektroniczne, mechaniczne, pneumatyczne i hydrauliczne) do urządzeń mechtronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -997,67 +997,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U21, K_U27, K_U01, K_U05, K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U09, K_U14, K_U21, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EPM-U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie obliczyć i dobrać radiator (lub inny układ chłodzenia) do urządzeń mechatronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1067,51 +1067,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>