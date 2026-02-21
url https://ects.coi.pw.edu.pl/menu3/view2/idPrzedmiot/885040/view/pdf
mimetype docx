--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -763,175 +763,175 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TRI_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstsawową wiedzę na temat systemów modulacji i detekcji analogowych i cyfrowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka TRI_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka TRI_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstsawową wiedzę na temat systemów modulacji i detekcji analogowych i cyfrowych</w:t>
+        <w:t xml:space="preserve">Zna zasady działania współczesnych systemów telekomunikacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_W17, K_W04, K_W12</w:t>
+        <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>