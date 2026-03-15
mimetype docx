--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstsawową wiedzę na temat systemów modulacji i detekcji analogowych i cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -903,51 +903,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_U01: </w:t>
       </w:r>
     </w:p>