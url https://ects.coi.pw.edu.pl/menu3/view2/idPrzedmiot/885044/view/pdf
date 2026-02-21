--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -846,67 +846,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W10, K_W17, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W16, K_W17, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_U01: </w:t>
       </w:r>
     </w:p>
@@ -996,51 +996,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U22, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1092,51 +1092,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków działalności inżynierskiej w zakresie projektowania, wytwarzania oraz kontroli i rozumie jej wpływ na ekonomię i rozwój społeczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>