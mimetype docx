--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -846,67 +846,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W16, K_W17, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_U01: </w:t>
       </w:r>
     </w:p>
@@ -1012,51 +1012,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K01: </w:t>
       </w:r>
     </w:p>
@@ -1092,51 +1092,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków działalności inżynierskiej w zakresie projektowania, wytwarzania oraz kontroli i rozumie jej wpływ na ekonomię i rozwój społeczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>