--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DTP_W02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą problemów i sposobów ich rozwiązywania przy składzie tekstu dla specyficznych zastosowań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1142,51 +1142,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DTP_K01 : </w:t>
       </w:r>
     </w:p>