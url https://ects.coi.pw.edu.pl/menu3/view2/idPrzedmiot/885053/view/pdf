--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DTP_W02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą problemów i sposobów ich rozwiązywania przy składzie tekstu dla specyficznych zastosowań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DTP_U03 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi doskonalić wiedze o nowych technikach, rozwiązaniach w zakresie technologii druku i trendach estetycznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>