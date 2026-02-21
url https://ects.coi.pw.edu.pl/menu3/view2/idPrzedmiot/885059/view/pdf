--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -752,67 +752,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstsawową wiedzę na temat systemów modulacji i detekcji analogowych i cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
+        <w:t xml:space="preserve">K_W17, K_W04, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_S01: </w:t>
       </w:r>
     </w:p>