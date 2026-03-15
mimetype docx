--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W04, K_W12</w:t>
+        <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P7S_UW.o, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P7S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obsługiwać podstawową tv aparaturę studyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>