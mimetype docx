--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTL_U01: </w:t>
       </w:r>
     </w:p>