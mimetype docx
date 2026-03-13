--- v1 (2026-02-21)
+++ v2 (2026-03-13)
@@ -782,221 +782,291 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MTL_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie różnice między m-plikiem skryptowym i funkcyjnym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MTL_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MTL_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna i rozumie różnice między m-plikiem skryptowym i funkcyjnym.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać i zastosować wbudowane funkcje środowiska MATLAB oraz tworzyć nowe funkcje w celu realizacji postawionego zadania obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MTL_U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MTL_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać i zastosować wbudowane funkcje środowiska MATLAB oraz tworzyć nowe funkcje w celu realizacji postawionego zadania obliczeniowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać środowisko MATLAB w celu napisania i uruchomienia kodu programu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MTL_U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MTL_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykorzystać środowisko MATLAB w celu napisania i uruchomienia kodu programu.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać instrukcje strukturalne (sterujące i warunkowe) języka MATLAB.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1015,178 +1085,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MTL_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MTL_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykorzystać instrukcje strukturalne (sterujące i warunkowe) języka MATLAB.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać proste i złożone typy danych języka MATLAB.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTL_K01: </w:t>
       </w:r>
     </w:p>