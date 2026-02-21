--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca ocena ćwiczeń laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W10</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1002,67 +1002,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena opracowanych programów
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U26, K_U01, K_U05, K_U11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U11, K_U22, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracowywać programy do analizy i przetwarzania danych pomiarowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1146,67 +1146,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań i opracowanych programów
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U13, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P7S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P7S_UW.o, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP1_K01: </w:t>
       </w:r>
     </w:p>