--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -920,51 +920,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca ocena ćwiczeń laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1002,67 +1002,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena opracowanych programów
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U11, K_U22, K_U26</w:t>
+        <w:t xml:space="preserve">K_U22, K_U26, K_U01, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracowywać programy do analizy i przetwarzania danych pomiarowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1162,51 +1162,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U09, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P7S_UW.o, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP1_K01: </w:t>
       </w:r>
     </w:p>