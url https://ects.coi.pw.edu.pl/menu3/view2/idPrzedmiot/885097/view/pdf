--- v0 (2025-12-29)
+++ v1 (2026-02-21)
@@ -853,341 +853,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZAP1_W03 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma uporządkowaną wiedzę ogólną z zakresu klasyfikacji algorytmów i doboru struktur danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZAP1_W03 : </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZAP1_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma uporządkowaną wiedzę ogólną z zakresu klasyfikacji algorytmów i doboru struktur danych</w:t>
+        <w:t xml:space="preserve">ma praktyczną umiejętność opracowania algorytmu i wynikającego stąd programu strukturalnego w języku C/C++ (z wykorzystaniem struktur dynamicznych włącznie) dla prostego zadania programistycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZAP1_U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZAP1_U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma praktyczną umiejętność opracowania algorytmu i wynikającego stąd programu strukturalnego w języku C/C++ (z wykorzystaniem struktur dynamicznych włącznie) dla prostego zadania programistycznego</w:t>
+        <w:t xml:space="preserve">ma praktyczną umiejętność napisania i uruchomienia w trakcie 45 min. zajęć programu w środowisku C/C++ na podstawie otrzymanego zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2, egzamin</w:t>
+        <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U22</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZAP1_U02 : </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P7S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZAP1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma praktyczną umiejętność napisania i uruchomienia w trakcie 45 min. zajęć programu w środowisku C/C++ na podstawie otrzymanego zadania</w:t>
+        <w:t xml:space="preserve">ma umiejętność posługiwania się kompilatorem i debuggerem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U22</w:t>
+        <w:t xml:space="preserve">K_U05, K_U22, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P7S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_K01: </w:t>
       </w:r>
     </w:p>