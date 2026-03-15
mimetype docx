--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P7S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność posługiwania się kompilatorem i debuggerem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1127,67 +1127,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U22, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_K01: </w:t>
       </w:r>
     </w:p>