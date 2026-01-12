--- v0 (2025-12-29)
+++ v1 (2026-01-12)
@@ -942,51 +942,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pogłębionym stopniu zna wybrane standardy informatyczne stosowane w medycynie i ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1309,51 +1309,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać dokumentację projektu informatycznego i zaprezentować projekt różnym odbiorcom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1363,67 +1363,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
+        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę śledzenia rozwoju nowych standardów i technologii, a co za tym idzie konieczności ciągłego samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>