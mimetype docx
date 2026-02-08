--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -1363,67 +1363,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
+        <w:t xml:space="preserve">U_03, U_04, U_07, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę śledzenia rozwoju nowych standardów i technologii, a co za tym idzie konieczności ciągłego samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>