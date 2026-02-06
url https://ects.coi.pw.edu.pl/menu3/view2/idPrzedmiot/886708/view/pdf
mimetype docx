--- v0 (2025-12-28)
+++ v1 (2026-02-06)
@@ -865,67 +865,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania ćwiczeniowego i projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_04, U_01</w:t>
+        <w:t xml:space="preserve">U_01, U_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BWM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pracując w zespole potrafi przygotować dokumentację techniczną biomechatronicznego wyrobu medycznego przeznaczonego do certyfikacji, w tym m.in. DMR, DHF, oceną kliniczna, analiza ryzyka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>