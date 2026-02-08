--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -794,67 +794,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_02</w:t>
+        <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe algorytmów rekonstrukcji obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -936,51 +936,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, 
 zadania laboratoryjne
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_04</w:t>
+        <w:t xml:space="preserve">W_04, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1006,67 +1006,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_05</w:t>
+        <w:t xml:space="preserve">W_05, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma wiedzę ogólną z zakresu podstaw fizycznych, zasady działania i budowy urządzeń tomograficznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1230,67 +1230,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_04, U_07, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wyznaczyć model numeryczny pomiaru tomograficznego i zrealizować symulację numeryczną projekcji tomograficznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1300,67 +1300,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
+        <w:t xml:space="preserve">U_07, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać pomiary testowe i zweryfikować jakość obrazów tomograficznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>