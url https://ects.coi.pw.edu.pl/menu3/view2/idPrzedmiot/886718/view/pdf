--- v0 (2025-12-29)
+++ v1 (2026-02-07)
@@ -765,67 +765,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_01</w:t>
+        <w:t xml:space="preserve">W_01, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPO_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Znajomość budowy i działania podstawowych przyrządów do obserwacji i pomiarów realizowanych w zakresie podczerwieni </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>