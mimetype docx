--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -765,67 +765,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_03</w:t>
+        <w:t xml:space="preserve">W_03, W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPO_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Znajomość budowy i działania podstawowych przyrządów do obserwacji i pomiarów realizowanych w zakresie podczerwieni </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>