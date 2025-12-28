--- v0 (2025-12-03)
+++ v1 (2025-12-28)
@@ -769,217 +769,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUO_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z projektowania układów achromatycznych i apochromatycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, III.P7S_WG, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PUO_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KUO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z projektowania układów achromatycznych i apochromatycznych</w:t>
+        <w:t xml:space="preserve">Potrafi projektować układy apochromatyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W09</w:t>
+        <w:t xml:space="preserve">K_U03, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, III.P7S_WG, I.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUO_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi skonstruować i ocenić układ optyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>