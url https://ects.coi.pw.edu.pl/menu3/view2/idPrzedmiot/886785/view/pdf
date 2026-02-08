--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -769,67 +769,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, III.P7S_WG, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUO_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę z projektowania układów achromatycznych i apochromatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,137 +919,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U03, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PUO_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi skonstruować i ocenić układ optyczny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUO_K01: </w:t>
       </w:r>
     </w:p>