--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -919,51 +919,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U03, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUO_K01: </w:t>
       </w:r>
     </w:p>