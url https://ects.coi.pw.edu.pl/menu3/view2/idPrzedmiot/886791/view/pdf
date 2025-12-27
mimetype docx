--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -845,271 +845,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZLP_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady przygotowywania planów biznesowych. Posiada wiedzę na temat prowadzenia i dokumentowania działań przedsiębiorstwa ze szczególnym uwzględnieniem laboratoriów pomiarowych i wzorcujących także w sferze technicznej (zna wymagania Polskiego Centrum Akredytacji). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych i ocena wykonania zadań projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZLP_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZLP_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady przygotowywania planów biznesowych. Posiada wiedzę na temat prowadzenia i dokumentowania działań przedsiębiorstwa ze szczególnym uwzględnieniem laboratoriów pomiarowych i wzorcujących także w sferze technicznej (zna wymagania Polskiego Centrum Akredytacji). </w:t>
+        <w:t xml:space="preserve">Potrafi opracować plan biznesowy laboratorium pomiarowego z uwzględnieniem projektu struktury dokumentacji systemu zarządzania laboratorium badawczego lub wzorcującego o określonym zakresie działalności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych i ocena wykonania zadań projektowych.</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W16</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZLP_U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZLP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować plan biznesowy laboratorium pomiarowego z uwzględnieniem projektu struktury dokumentacji systemu zarządzania laboratorium badawczego lub wzorcującego o określonym zakresie działalności.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować wybraną procedurę ogólną systemu zarządzania laboratorium oraz wybrane procedury badawcze i procedury wzorcowania. Potrafi przedstawić opracowany dokument w formie prezentacji multimedialnej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZLP_K01: </w:t>
       </w:r>
     </w:p>