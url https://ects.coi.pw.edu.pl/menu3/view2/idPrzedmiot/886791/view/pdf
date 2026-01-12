--- v1 (2025-12-27)
+++ v2 (2026-01-12)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZLP_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady przygotowywania planów biznesowych. Posiada wiedzę na temat prowadzenia i dokumentowania działań przedsiębiorstwa ze szczególnym uwzględnieniem laboratoriów pomiarowych i wzorcujących także w sferze technicznej (zna wymagania Polskiego Centrum Akredytacji). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>