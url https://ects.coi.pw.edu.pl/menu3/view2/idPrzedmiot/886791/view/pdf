--- v2 (2026-01-12)
+++ v3 (2026-02-09)
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZLP_K01: </w:t>
       </w:r>
     </w:p>