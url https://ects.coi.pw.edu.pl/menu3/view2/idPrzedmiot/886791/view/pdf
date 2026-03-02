--- v3 (2026-02-09)
+++ v4 (2026-03-02)
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZLP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować wybraną procedurę ogólną systemu zarządzania laboratorium oraz wybrane procedury badawcze i procedury wzorcowania. Potrafi przedstawić opracowany dokument w formie prezentacji multimedialnej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZLP_K01: </w:t>
       </w:r>
     </w:p>