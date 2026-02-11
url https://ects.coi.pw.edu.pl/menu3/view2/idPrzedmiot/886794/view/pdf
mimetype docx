--- v0 (2025-12-28)
+++ v1 (2026-02-11)
@@ -810,51 +810,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W08, K_W10, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPTP_W02  : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat wykorzystania metod optycznych do badania kształtu i wymiarów powierzchni elementów o złożonej geometrii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1100,51 +1100,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U08, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPTP_K01: </w:t>
       </w:r>
     </w:p>