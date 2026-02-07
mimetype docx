--- v0 (2025-12-28)
+++ v1 (2026-02-07)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona wyników opracowanego projektu zwłaszcza przy wykorzystaniu gotowych bloków dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07, K_W08, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W01, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOM_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady rozwiązywania i modelowania zmienności procesów opisanych analitycznie w formie równań różniczkowych, różnicowych oraz struktur rozmytych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>