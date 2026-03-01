--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona wyników opracowanego projektu zwłaszcza przy wykorzystaniu gotowych bloków dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W01, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W13, K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOM_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady rozwiązywania i modelowania zmienności procesów opisanych analitycznie w formie równań różniczkowych, różnicowych oraz struktur rozmytych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>