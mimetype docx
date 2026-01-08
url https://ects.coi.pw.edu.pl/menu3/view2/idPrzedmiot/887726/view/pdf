--- v0 (2025-12-28)
+++ v1 (2026-01-08)
@@ -1014,137 +1014,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPTP_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaplanować i wykonać pomiary za pomocą nowoczesnych oraz konturografów i profilometrów oraz zanalizować uzyskane wyniki w aspekcie technologicznym i eksploatacyjnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPTP_K01: </w:t>
       </w:r>
     </w:p>