--- v1 (2026-01-08)
+++ v2 (2026-02-09)
@@ -880,271 +880,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPTP_W03  : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych zagadnień dotyczących nanostruktury powierzchni oraz metod i urządzeń do ich badania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZTPTP_W03  : </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPTP_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych zagadnień dotyczących nanostruktury powierzchni oraz metod i urządzeń do ich badania.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać metody, procedury i wzorce do sprawdzania dokładności urządzeń do pomiarów odchyłek geometrycznych, a także przeprowadzić kalibrację i dokonać pogłębionej analizy wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZTPTP_U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPTP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać metody, procedury i wzorce do sprawdzania dokładności urządzeń do pomiarów odchyłek geometrycznych, a także przeprowadzić kalibrację i dokonać pogłębionej analizy wyników.</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować i wykonać pomiary za pomocą nowoczesnych oraz konturografów i profilometrów oraz zanalizować uzyskane wyniki w aspekcie technologicznym i eksploatacyjnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U13</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPTP_K01: </w:t>
       </w:r>
     </w:p>