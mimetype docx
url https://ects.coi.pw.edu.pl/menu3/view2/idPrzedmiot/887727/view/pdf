--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUJ_U01: </w:t>
       </w:r>
     </w:p>
@@ -851,67 +851,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena symulacji auditu na podstawie listy pytań kontrolnych i odpowiedzi oraz wyników oceny dokumentacji, sformułowania ustaleń z przeprowadzonego auditu, przedstawienia niezgodności i spostrzeżeń oraz wniosków z auditu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUK_K01: </w:t>
       </w:r>
     </w:p>