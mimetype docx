--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -771,67 +771,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena raportów z zadania laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W03, K_W08, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08, K_W10, K_W11, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UPSK_U01: </w:t>
       </w:r>
     </w:p>
@@ -851,67 +851,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z zadania laboratoryjnego, ocena przebiegu pracy w laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06, K_U08, K_U12, K_U13, K_U17</w:t>
+        <w:t xml:space="preserve">K_U08, K_U12, K_U13, K_U17, K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UPSK_K01: </w:t>
       </w:r>
     </w:p>