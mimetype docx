--- v0 (2025-11-07)
+++ v1 (2025-12-03)
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne wykonanie nadruków metodami elektroniki drukowanej do zastosowań biomedycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U02, K_U08</w:t>
+        <w:t xml:space="preserve">K_U02, K_U08, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NNB_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskać informacje  z literatury o najnowszych osiągnięciach związanych z wykorzystaniem nanomateriałów w biomedycynie oraz klarownie zaprezentować je w postaci referatu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>