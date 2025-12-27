--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NNB_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozyskanie wiedzy związanej z nanomateriałami i ich funkcją w inżynierii biomedycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>