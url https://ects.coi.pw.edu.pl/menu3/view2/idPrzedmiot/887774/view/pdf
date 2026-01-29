--- v0 (2025-11-02)
+++ v1 (2026-01-29)
@@ -1123,51 +1123,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać funkcje MATLAB podczas projektowania układu sterowania  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1483,51 +1483,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego samorozwoju i podnoszenia kompetencji zawodowych w obszarze stale rozwijanego oprogramowania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>