--- v1 (2026-01-29)
+++ v2 (2026-03-01)
@@ -1483,51 +1483,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego samorozwoju i podnoszenia kompetencji zawodowych w obszarze stale rozwijanego oprogramowania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>