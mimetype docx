--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -1403,51 +1403,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_K01: </w:t>
       </w:r>
     </w:p>
@@ -1483,51 +1483,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego samorozwoju i podnoszenia kompetencji zawodowych w obszarze stale rozwijanego oprogramowania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>