--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -794,51 +794,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPI_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną i podbudowaną teoretycznie wiedzę z zakresu podstaw zarzadzania własnością intelektualną, współpracy z rzecznikiem patentowym oraz komercjalizacji wyników prac badawczo-rozwojowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>