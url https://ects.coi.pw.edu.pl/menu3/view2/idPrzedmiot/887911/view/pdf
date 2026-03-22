--- v1 (2025-12-26)
+++ v2 (2026-03-22)
@@ -794,51 +794,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPI_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną i podbudowaną teoretycznie wiedzę z zakresu podstaw zarzadzania własnością intelektualną, współpracy z rzecznikiem patentowym oraz komercjalizacji wyników prac badawczo-rozwojowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1094,51 +1094,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZPI_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie komercyjne aspekty innowacji, potrafi oszacować rentowność projektu oraz  ocenić związane z nim ryzyko. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>