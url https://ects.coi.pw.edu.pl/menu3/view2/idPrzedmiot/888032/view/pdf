--- v0 (2025-11-03)
+++ v1 (2026-01-29)
@@ -1141,51 +1141,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WSP_IIST_K_K01: </w:t>
       </w:r>
     </w:p>