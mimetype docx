--- v1 (2026-01-29)
+++ v2 (2026-03-01)
@@ -1071,51 +1071,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WSP_IIST_K_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować interfejs użytkownika aplikacji komputerowej  na podstawie specyfikacji wymagań użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1141,51 +1141,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WSP_IIST_K_K01: </w:t>
       </w:r>
     </w:p>