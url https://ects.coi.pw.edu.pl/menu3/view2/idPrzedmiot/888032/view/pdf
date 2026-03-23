--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -1071,51 +1071,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WSP_IIST_K_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować interfejs użytkownika aplikacji komputerowej  na podstawie specyfikacji wymagań użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1221,51 +1221,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WSP_IIST_K_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prawidłowo określić kolejność prac związanych z realizacją projektów interfejsów użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>