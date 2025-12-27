--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W16, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, III.P7S_WG, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BWM_2st_U01: </w:t>
       </w:r>
     </w:p>