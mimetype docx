--- v1 (2025-12-27)
+++ v2 (2026-01-29)
@@ -882,51 +882,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BWM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować dokumentację techniczną biomechatronicznego wyrobu medycznego przeznaczonego do certyfikacji, w tym m.in. DMR, DHF, oceną kliniczna, analiza ryzyka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>