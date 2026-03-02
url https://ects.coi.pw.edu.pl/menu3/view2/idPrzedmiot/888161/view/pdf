--- v2 (2026-01-29)
+++ v3 (2026-03-02)
@@ -786,67 +786,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W16</w:t>
+        <w:t xml:space="preserve">K_W16, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BWM_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -882,51 +882,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BWM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować dokumentację techniczną biomechatronicznego wyrobu medycznego przeznaczonego do certyfikacji, w tym m.in. DMR, DHF, oceną kliniczna, analiza ryzyka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>