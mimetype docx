--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W01, K_W02, K_W10</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OFID_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy narzędzi teoretycznych i numerycznych analizy systemów optycznych wykorzystujących optykę falową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>