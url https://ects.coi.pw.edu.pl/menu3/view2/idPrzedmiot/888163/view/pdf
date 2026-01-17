--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -831,67 +831,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, III.P7S_WG, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OFID_2st_U01 : </w:t>
       </w:r>
     </w:p>