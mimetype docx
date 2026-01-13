--- v0 (2025-11-06)
+++ v1 (2026-01-13)
@@ -799,121 +799,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W07, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PPPO_2st_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma rozszerzoną wiedzę na temat eksploatacji optomechatronicznych systemów pomiarowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin z materiału omawianego na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPPO_2st_U01: </w:t>
       </w:r>
     </w:p>