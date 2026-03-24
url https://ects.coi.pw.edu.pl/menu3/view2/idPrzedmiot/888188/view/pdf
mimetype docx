--- v1 (2026-01-13)
+++ v2 (2026-03-24)
@@ -799,51 +799,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W07, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPPO_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę na temat eksploatacji optomechatronicznych systemów pomiarowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -933,67 +933,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U08</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPPO_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić analizę wyników pozyskanych polowymi metodami optycznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>