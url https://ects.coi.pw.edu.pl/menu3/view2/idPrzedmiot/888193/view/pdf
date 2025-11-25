--- v0 (2025-10-29)
+++ v1 (2025-11-25)
@@ -935,67 +935,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOMO_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą metodę tomografii optycznej do charakterystyki analizowanego obiektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>