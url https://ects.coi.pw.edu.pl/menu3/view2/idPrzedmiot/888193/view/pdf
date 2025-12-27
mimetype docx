--- v1 (2025-11-25)
+++ v2 (2025-12-27)
@@ -1021,51 +1021,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOMO_2st_K01: </w:t>
       </w:r>
     </w:p>