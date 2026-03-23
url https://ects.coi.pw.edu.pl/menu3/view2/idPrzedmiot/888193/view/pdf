--- v2 (2025-12-27)
+++ v3 (2026-03-23)
@@ -801,51 +801,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W07, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOMO_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie zalety oraz zakres stosowalności poszczególnych metod tomograficznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1021,51 +1021,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOMO_2st_K01: </w:t>
       </w:r>
     </w:p>