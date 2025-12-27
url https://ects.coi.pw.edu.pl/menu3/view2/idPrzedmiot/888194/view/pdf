--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -853,67 +853,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena udziału i aktywności studenta w zajęciach włączając obecności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskuje umiejętności komunikacyjne przygotowujące go do pracy w studiach udźwiękowienia filmów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>