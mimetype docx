--- v1 (2025-12-27)
+++ v2 (2026-01-29)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena udziału i aktywności  studenta w zajęciach włączając obecności, Testy sprawdzające wiedzę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U01: </w:t>
       </w:r>
     </w:p>