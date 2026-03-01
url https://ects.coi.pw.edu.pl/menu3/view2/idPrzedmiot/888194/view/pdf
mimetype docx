--- v2 (2026-01-29)
+++ v3 (2026-03-01)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena udziału i aktywności  studenta w zajęciach włączając obecności, Testy sprawdzające wiedzę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -853,67 +853,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena udziału i aktywności studenta w zajęciach włączając obecności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskuje umiejętności komunikacyjne przygotowujące go do pracy w studiach udźwiękowienia filmów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>