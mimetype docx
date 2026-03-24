--- v3 (2026-03-01)
+++ v4 (2026-03-24)
@@ -869,51 +869,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IMTM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskuje umiejętności komunikacyjne przygotowujące go do pracy w studiach udźwiękowienia filmów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>