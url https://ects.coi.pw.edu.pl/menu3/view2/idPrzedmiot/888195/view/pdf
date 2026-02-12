--- v0 (2025-11-06)
+++ v1 (2026-02-12)
@@ -786,217 +786,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy sprawdzające wiedzę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W11, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_2st_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna specyfikę układów pomiarowych i urządzeń interferometrycznych stosowanych w metrologii wymiarowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy sprawdzające wiedzę</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_2st_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_2st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna specyfikę układów pomiarowych i urządzeń interferometrycznych stosowanych w metrologii wymiarowej.</w:t>
+        <w:t xml:space="preserve">Student posiada praktyczne umiejętności konfigurowania i obsługi komercyjnych interferometrach laserowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy sprawdzające wiedzę</w:t>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń lab. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W11</w:t>
+        <w:t xml:space="preserve">K_U14, K_U15, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna od strony praktycznej czynniki wpływające na dokładność pomiaru interferometrycznego. Posiada umiejętność kompensacji błędów, oraz dokonania właściwej analizy błędów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>