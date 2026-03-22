--- v1 (2026-02-12)
+++ v2 (2026-03-22)
@@ -786,51 +786,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy sprawdzające wiedzę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -936,67 +936,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń lab. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U15, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna od strony praktycznej czynniki wpływające na dokładność pomiaru interferometrycznego. Posiada umiejętność kompensacji błędów, oraz dokonania właściwej analizy błędów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>