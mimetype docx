--- v0 (2025-10-31)
+++ v1 (2025-12-27)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, III.P7S_WG, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KEUS_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowaną wiedzę w zakresie urządzeń i systemów elektonicznych, z uwzględnieniem projektowania, eksploatacji i diagnostyki na każdym etapie ich życia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>