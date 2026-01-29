--- v1 (2025-12-27)
+++ v2 (2026-01-29)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KEUS_2st_U01: </w:t>
       </w:r>
     </w:p>