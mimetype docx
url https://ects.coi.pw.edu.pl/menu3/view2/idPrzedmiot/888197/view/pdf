--- v0 (2025-12-02)
+++ v1 (2025-12-28)
@@ -771,51 +771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie algorytmy współczesnych narzędzi symulacyjnych wspomagających modelowanie biomechaniki układu mięśniowo-szkieletowego człowieka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1281,51 +1281,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość celowości prowadzenia symulacji biomechaniki układu mięśniowo-szkieletowego człowieka i konieczności interdyscyplinarnej współpracy inżynier-lekarz w procesie diagnostyki i leczenia układu ruchu człowieka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>