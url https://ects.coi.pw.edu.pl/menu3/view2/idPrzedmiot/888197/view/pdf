--- v1 (2025-12-28)
+++ v2 (2026-02-06)
@@ -771,51 +771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie algorytmy współczesnych narzędzi symulacyjnych wspomagających modelowanie biomechaniki układu mięśniowo-szkieletowego człowieka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>