--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -832,51 +832,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W01, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W14, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>