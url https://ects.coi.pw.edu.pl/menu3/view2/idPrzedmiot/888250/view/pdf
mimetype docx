--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W07, K_W14, K_W02</w:t>
+        <w:t xml:space="preserve">K_W07, K_W14, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>