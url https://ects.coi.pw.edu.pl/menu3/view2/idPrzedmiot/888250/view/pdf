--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W14, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W07, K_W14, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -939,122 +939,122 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve"> Posiada ugruntowaną wiedzę temat studiów nagrań dźwiękowych, technik mikrofonowych, wyposażenia sprzętowego reżyserni, wielokanałowych analogowych i cyfrowych systemów odsłuchowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada ugruntowaną wiedzę na temat wybranych zastosowań cyfrowej techniki fonicznej: cyfrowych zwrotnic głośnikowych, konwerterów szybkości próbkowania, procesorów cyfrowych efektów dźwiękowych, urządzeń i nośników do zapisu i odtwarzania sygnałów fonicznych: gramofonów i magnetofonów analogowych, magnetofonów cyfrowych i rejestratorów twardodyskowych, nagrywarek i odtwarzaczy CD-R/RW, DVD±R/RW, MD, kart flash, taśm filmowych.
 </w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> Posiada ugruntowaną wiedzę temat studiów nagrań dźwiękowych, technik mikrofonowych, wyposażenia sprzętowego reżyserni, wielokanałowych analogowych i cyfrowych systemów odsłuchowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>