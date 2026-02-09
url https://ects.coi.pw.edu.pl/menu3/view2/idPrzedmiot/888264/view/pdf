--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -754,67 +754,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemna prezentacja zasad działania i klasyfikacji indeksów; interpretacja wykonania zapytania do bazy danych w języku SQL pod kątem zastosowania i wykorzystania indeksów pisemna wypowiedź na temat zasad działania i założeń teoretycznych transakcji
 rozwiązanie; zadań testowych wypowiedź pisemna lub ustna na temat modeli baz danych i hurtowni danych wyjaśnienie różnicy między różnymi modelami baz danych, przygotowanie opracowania na wybrany temat związany z treściami przedmiotu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K2_W03, K2_W04, K2_W07</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WG, III.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna współczesne trendy w rozwoju systemów zarządzania bazami danych, w tym bazy danych w modelach obiektowych i no-SQL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie zadań laboratoryjnych polegających na zaprojektowaniu, uruchomieniu i przetestowaniu wybranej bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U11, K2_U06, K2_U08, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U09, K2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbadać nowe środowisko nierelacyjnej bazy danych, zaproponować eksperymentalne rozwiązanie testujące to środowisko oraz sformułować wnioski badawcze oraz ocenić potencjalne możliwości zastosowań i rozwoju badanego środowiska wykorzystując przy tym źródła literaturowe w języku angielskim m.in. artykuły z prasy fachowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1044,67 +1044,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie badawcze na temat wybranego nierelacyjnego środowiska baz danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U03, K2_U04, K2_U05, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U01, K2_U03, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować eksperyment weryfikujący wiadomości z teorii baz danych np. potrafi sprawdzić wpływ czasu wykonania zapytań na stosowanie indeksów lub dobór poziomów izolacji transakcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1114,67 +1114,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie i wykonanie eksperymentów laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_KS_01: </w:t>
       </w:r>
     </w:p>
@@ -1280,51 +1280,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K03, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">