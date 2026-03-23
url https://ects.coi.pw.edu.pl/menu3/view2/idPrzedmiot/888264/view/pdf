--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -770,561 +770,561 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna współczesne trendy w rozwoju systemów zarządzania bazami danych, w tym bazy danych w modelach obiektowych i no-SQL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie scharakteryzować przykładowy nierelacyjny model danych oraz umie podać przykłady lub obszary zastosowań takich baz danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody projektowania baz danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie scharakteryzować proces projektowania baz danych, umie wskazać dobre i złe praktyki projektowe, potrafi wskazać błędy w projektowaniu bazy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W07, K1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBD_W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna współczesne trendy w rozwoju systemów zarządzania bazami danych, w tym bazy danych w modelach obiektowych i no-SQL</w:t>
+        <w:t xml:space="preserve">Umie zaprojektować, wykonać oraz przetestować bazę danych w wybranym środowisku DBMS oraz krytycznie ocenić możliwości wybranego środowiska projektowego, potrafi samodzilenie korzystając z systemu pomocy oraz literatury rozwiązywać problemy pracy w środowisku projektowym baz danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie scharakteryzować przykładowy nierelacyjny model danych oraz umie podać przykłady lub obszary zastosowań takich baz danych</w:t>
+        <w:t xml:space="preserve">Wykonanie zadań laboratoryjnych polegających na zaprojektowaniu, uruchomieniu i przetestowaniu wybranej bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U09, K2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBD_W_03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody projektowania baz danych</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbadać nowe środowisko nierelacyjnej bazy danych, zaproponować eksperymentalne rozwiązanie testujące to środowisko oraz sformułować wnioski badawcze oraz ocenić potencjalne możliwości zastosowań i rozwoju badanego środowiska wykorzystując przy tym źródła literaturowe w języku angielskim m.in. artykuły z prasy fachowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie scharakteryzować proces projektowania baz danych, umie wskazać dobre i złe praktyki projektowe, potrafi wskazać błędy w projektowaniu bazy danych</w:t>
+        <w:t xml:space="preserve">Opracowanie badawcze na temat wybranego nierelacyjnego środowiska baz danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K1_W01</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U01, K2_U03, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować eksperyment weryfikujący wiadomości z teorii baz danych np. potrafi sprawdzić wpływ czasu wykonania zapytań na stosowanie indeksów lub dobór poziomów izolacji transakcji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opracowanie i wykonanie eksperymentów laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBD_U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_KS_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie zaprojektować, wykonać oraz przetestować bazę danych w wybranym środowisku DBMS oraz krytycznie ocenić możliwości wybranego środowiska projektowego, potrafi samodzilenie korzystając z systemu pomocy oraz literatury rozwiązywać problemy pracy w środowisku projektowym baz danych</w:t>
+        <w:t xml:space="preserve">Potrafi uczestniczyć w dyskusjach zawodowych na forach oraz pozyskiwać wiedzę w toku dyskusji ze specjalistami z dziedziny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie zadań laboratoryjnych polegających na zaprojektowaniu, uruchomieniu i przetestowaniu wybranej bazy danych</w:t>
+        <w:t xml:space="preserve">Aktywność na forach przedmiotu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U09, K2_U11</w:t>
+        <w:t xml:space="preserve">K2_K01, K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBD_U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KO, P7U_K</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_KS_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zbadać nowe środowisko nierelacyjnej bazy danych, zaproponować eksperymentalne rozwiązanie testujące to środowisko oraz sformułować wnioski badawcze oraz ocenić potencjalne możliwości zastosowań i rozwoju badanego środowiska wykorzystując przy tym źródła literaturowe w języku angielskim m.in. artykuły z prasy fachowej</w:t>
+        <w:t xml:space="preserve">Potrafi zaprezentować rezultaty swojej pracy w formie zwięzłego opracowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Opracowanie badawcze na temat wybranego nierelacyjnego środowiska baz danych</w:t>
+        <w:t xml:space="preserve">Wykonanie krótkiego raportu, prezentacji swoich badań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U01, K2_U03, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_K03, K1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">