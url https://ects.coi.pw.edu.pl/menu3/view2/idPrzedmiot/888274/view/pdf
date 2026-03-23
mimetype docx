--- v0 (2026-02-08)
+++ v1 (2026-03-23)
@@ -753,51 +753,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03, K2_W06, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMD_U1: </w:t>
       </w:r>
     </w:p>
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN i PROJEKT (napisanie dwóch programów w języku Matlab wyznaczających optymalne polityki decyzyjne w zadaniu optymalizacji z horyzontem skończonym /wskaźnik Bolzy/  oraz nieskończonym /wskaźnikiem jest suma kosztów/zysków etepowych z dyskontem/ oraz weryfikujących je na drodze symulacyjnej).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07, K2_U15, K1_U02, K1_U03, K2_U02, K2_U03, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U15, K1_U02, K1_U03, K2_U02, K2_U03, K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMD_K1: </w:t>
       </w:r>
     </w:p>